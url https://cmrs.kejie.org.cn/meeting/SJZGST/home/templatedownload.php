--- v0 (2025-12-16)
+++ v1 (2026-03-16)
@@ -14,51 +14,51 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
     <sheet name="data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="163">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="166">
   <si>
     <t>邮箱地址</t>
   </si>
   <si>
     <t>手机号码</t>
   </si>
   <si>
     <t>姓名</t>
   </si>
   <si>
     <t>性别</t>
   </si>
   <si>
     <t>所在地区</t>
   </si>
   <si>
     <t>工作单位</t>
   </si>
   <si>
     <t>职务</t>
   </si>
   <si>
     <t>职称</t>
   </si>
   <si>
@@ -503,50 +503,59 @@
     <t>高级经营师</t>
   </si>
   <si>
     <t>研究员（副馆长）</t>
   </si>
   <si>
     <t>教授／主任</t>
   </si>
   <si>
     <t>教授、博导</t>
   </si>
   <si>
     <t>助会</t>
   </si>
   <si>
     <t>助理会计师</t>
   </si>
   <si>
     <t>会计师</t>
   </si>
   <si>
     <t>总经理</t>
   </si>
   <si>
     <t>教授（化学学院副院长）</t>
+  </si>
+  <si>
+    <t>正高级工程师</t>
+  </si>
+  <si>
+    <t>工程技术人员/无</t>
+  </si>
+  <si>
+    <t>副研究馆员</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FFFF0000"/>
       <name val="Calibri"/>
@@ -7395,1548 +7404,1548 @@
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E492">
       <formula1>data!$B$1:$B$36</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E493">
       <formula1>data!$B$1:$B$36</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E494">
       <formula1>data!$B$1:$B$36</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E495">
       <formula1>data!$B$1:$B$36</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E496">
       <formula1>data!$B$1:$B$36</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E497">
       <formula1>data!$B$1:$B$36</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E498">
       <formula1>data!$B$1:$B$36</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E499">
       <formula1>data!$B$1:$B$36</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H0">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H1">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H2">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H3">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H4">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H5">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H6">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H7">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H8">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H9">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H10">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H11">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H12">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H13">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H14">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H15">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H16">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H17">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H18">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H19">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H20">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H21">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H22">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H23">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H24">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H25">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H26">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H27">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H28">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H29">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H30">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H31">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H32">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H33">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H34">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H35">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H36">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H37">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H38">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H39">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H40">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H41">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H42">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H43">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H44">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H45">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H46">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H47">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H48">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H49">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H50">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H51">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H52">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H53">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H54">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H55">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H56">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H57">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H58">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H59">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H60">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H61">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H62">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H63">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H64">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H65">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H66">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H67">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H68">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H69">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H70">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H71">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H72">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H73">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H74">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H75">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H76">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H77">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H78">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H79">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H80">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H81">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H82">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H83">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H84">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H85">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H86">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H87">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H88">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H89">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H90">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H91">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H92">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H93">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H94">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H95">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H96">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H97">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H98">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H99">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H100">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H101">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H102">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H103">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H104">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H105">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H106">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H107">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H108">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H109">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H110">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H111">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H112">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H113">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H114">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H115">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H116">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H117">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H118">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H119">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H120">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H121">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H122">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H123">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H124">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H125">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H126">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H127">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H128">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H129">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H130">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H131">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H132">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H133">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H134">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H135">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H136">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H137">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H138">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H139">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H140">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H141">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H142">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H143">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H144">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H145">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H146">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H147">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H148">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H149">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H150">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H151">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H152">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H153">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H154">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H155">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H156">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H157">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H158">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H159">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H160">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H161">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H162">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H163">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H164">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H165">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H166">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H167">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H168">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H169">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H170">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H171">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H172">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H173">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H174">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H175">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H176">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H177">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H178">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H179">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H180">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H181">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H182">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H183">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H184">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H185">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H186">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H187">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H188">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H189">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H190">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H191">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H192">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H193">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H194">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H195">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H196">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H197">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H198">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H199">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H200">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H201">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H202">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H203">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H204">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H205">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H206">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H207">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H208">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H209">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H210">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H211">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H212">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H213">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H214">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H215">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H216">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H217">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H218">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H219">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H220">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H221">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H222">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H223">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H224">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H225">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H226">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H227">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H228">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H229">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H230">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H231">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H232">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H233">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H234">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H235">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H236">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H237">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H238">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H239">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H240">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H241">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H242">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H243">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H244">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H245">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H246">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H247">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H248">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H249">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H250">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H251">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H252">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H253">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H254">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H255">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H256">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H257">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H258">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H259">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H260">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H261">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H262">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H263">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H264">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H265">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H266">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H267">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H268">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H269">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H270">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H271">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H272">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H273">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H274">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H275">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H276">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H277">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H278">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H279">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H280">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H281">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H282">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H283">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H284">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H285">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H286">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H287">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H288">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H289">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H290">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H291">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H292">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H293">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H294">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H295">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H296">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H297">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H298">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H299">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H300">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H301">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H302">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H303">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H304">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H305">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H306">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H307">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H308">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H309">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H310">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H311">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H312">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H313">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H314">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H315">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H316">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H317">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H318">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H319">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H320">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H321">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H322">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H323">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H324">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H325">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H326">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H327">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H328">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H329">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H330">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H331">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H332">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H333">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H334">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H335">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H336">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H337">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H338">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H339">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H340">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H341">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H342">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H343">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H344">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H345">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H346">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H347">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H348">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H349">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H350">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H351">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H352">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H353">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H354">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H355">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H356">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H357">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H358">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H359">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H360">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H361">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H362">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H363">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H364">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H365">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H366">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H367">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H368">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H369">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H370">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H371">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H372">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H373">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H374">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H375">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H376">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H377">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H378">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H379">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H380">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H381">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H382">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H383">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H384">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H385">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H386">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H387">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H388">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H389">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H390">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H391">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H392">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H393">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H394">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H395">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H396">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H397">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H398">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H399">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H400">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H401">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H402">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H403">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H404">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H405">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H406">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H407">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H408">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H409">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H410">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H411">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H412">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H413">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H414">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H415">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H416">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H417">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H418">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H419">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H420">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H421">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H422">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H423">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H424">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H425">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H426">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H427">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H428">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H429">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H430">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H431">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H432">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H433">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H434">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H435">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H436">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H437">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H438">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H439">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H440">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H441">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H442">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H443">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H444">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H445">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H446">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H447">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H448">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H449">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H450">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H451">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H452">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H453">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H454">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H455">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H456">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H457">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H458">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H459">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H460">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H461">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H462">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H463">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H464">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H465">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H466">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H467">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H468">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H469">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H470">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H471">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H472">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H473">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H474">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H475">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H476">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H477">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H478">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H479">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H480">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H481">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H482">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H483">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H484">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H485">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H486">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H487">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H488">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H489">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H490">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H491">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H492">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H493">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H494">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H495">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H496">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H497">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H498">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H499">
-      <formula1>data!$C$1:$C$95</formula1>
+      <formula1>data!$C$1:$C$98</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I0">
       <formula1>data!$D$1:$D$19</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I1">
       <formula1>data!$D$1:$D$19</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I2">
       <formula1>data!$D$1:$D$19</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I3">
       <formula1>data!$D$1:$D$19</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I4">
       <formula1>data!$D$1:$D$19</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I5">
       <formula1>data!$D$1:$D$19</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I6">
       <formula1>data!$D$1:$D$19</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I7">
       <formula1>data!$D$1:$D$19</formula1>
     </dataValidation>
@@ -11914,51 +11923,51 @@
       <formula1>data!$E$1:$E$2</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="J499">
       <formula1>data!$E$1:$E$2</formula1>
     </dataValidation>
   </dataValidations>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:E96"/>
+  <dimension ref="A1:E99"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" t="s">
         <v>10</v>
       </c>
       <c r="B1" t="s">
         <v>11</v>
       </c>
       <c r="C1" t="s">
         <v>12</v>
       </c>
       <c r="D1" t="s">
         <v>13</v>
       </c>
       <c r="E1" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="2" spans="1:5">
@@ -12572,50 +12581,65 @@
       </c>
     </row>
     <row r="92" spans="1:5">
       <c r="C92" t="s">
         <v>158</v>
       </c>
     </row>
     <row r="93" spans="1:5">
       <c r="C93" t="s">
         <v>159</v>
       </c>
     </row>
     <row r="94" spans="1:5">
       <c r="C94" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="95" spans="1:5">
       <c r="C95" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="96" spans="1:5">
       <c r="C96" t="s">
         <v>162</v>
+      </c>
+    </row>
+    <row r="97" spans="1:5">
+      <c r="C97" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="98" spans="1:5">
+      <c r="C98" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="99" spans="1:5">
+      <c r="C99" t="s">
+        <v>165</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">